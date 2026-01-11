--- v0 (2026-01-07)
+++ v1 (2026-01-11)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73cef09dbc4848b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/80b4ea1ac1c14ffcb34f68c00770c6b1.psmdcp" Id="Rc8bfa0ce2de24e69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f3f46df91d74b48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/357c85eb7f7d482ca05dd6e4adbd2a41.psmdcp" Id="R72626fc8959a4066" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Shopping Cart" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Stock No.</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>