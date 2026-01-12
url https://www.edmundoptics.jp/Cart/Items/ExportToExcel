--- v1 (2026-01-11)
+++ v2 (2026-01-12)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f3f46df91d74b48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/357c85eb7f7d482ca05dd6e4adbd2a41.psmdcp" Id="R72626fc8959a4066" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabe21a9f4aaf4aab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/316e923e6589453188351706f291b86c.psmdcp" Id="R9ec6b1b172f4448c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Shopping Cart" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Stock No.</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>