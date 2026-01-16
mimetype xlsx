--- v2 (2026-01-12)
+++ v3 (2026-01-16)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabe21a9f4aaf4aab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/316e923e6589453188351706f291b86c.psmdcp" Id="R9ec6b1b172f4448c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a7acb6372c24fee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d6f0eb68f5d2498fafac62ad09ddb5c2.psmdcp" Id="Rfc4a26d532b54cb8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Shopping Cart" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Stock No.</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>