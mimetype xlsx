--- v3 (2026-01-16)
+++ v4 (2026-02-14)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a7acb6372c24fee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d6f0eb68f5d2498fafac62ad09ddb5c2.psmdcp" Id="Rfc4a26d532b54cb8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ade4f8d9f2840fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a00ac298e3894a1ab745106fa36634c2.psmdcp" Id="R69d14dc3d2114fd9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Shopping Cart" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Stock No.</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>