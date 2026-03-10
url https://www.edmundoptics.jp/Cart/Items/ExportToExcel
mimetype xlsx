--- v4 (2026-02-14)
+++ v5 (2026-03-10)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ade4f8d9f2840fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a00ac298e3894a1ab745106fa36634c2.psmdcp" Id="R69d14dc3d2114fd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccaced9522be4159" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/51a8fdebddfb48bca34f2ece139bd479.psmdcp" Id="R1f59c0b8a1384ae3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Shopping Cart" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Stock No.</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>