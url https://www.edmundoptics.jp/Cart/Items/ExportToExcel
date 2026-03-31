--- v5 (2026-03-10)
+++ v6 (2026-03-31)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccaced9522be4159" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/51a8fdebddfb48bca34f2ece139bd479.psmdcp" Id="R1f59c0b8a1384ae3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e1f46bd419d4568" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aca0d7a6fa3146e6926d90fe21f6cd1a.psmdcp" Id="Rd20f6fd46b454b96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Shopping Cart" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:si>
     <x:t>Stock No.</x:t>
   </x:si>
   <x:si>
     <x:t>Product</x:t>
   </x:si>
   <x:si>